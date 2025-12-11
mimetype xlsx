--- v0 (2025-10-09)
+++ v1 (2025-12-11)
@@ -2,72 +2,72 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Corporate Team 2025\ACVs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8D5A21CD-7BBE-4E0A-BEBB-1A6ACC809FB2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D7D87691-FB74-4742-AA09-2B71BCB94DAD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-30" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Community Right to Bid - List o" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="107">
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t xml:space="preserve">Town </t>
   </si>
   <si>
     <t>Postcode</t>
   </si>
   <si>
     <t>Date of nomination</t>
   </si>
   <si>
     <t>Date Listed</t>
   </si>
   <si>
     <t>Date listing expires</t>
   </si>
   <si>
     <t>Date disposal notice received</t>
   </si>
   <si>
@@ -318,51 +318,78 @@
   <si>
     <t>Horwich RMI Cricket Club</t>
   </si>
   <si>
     <t>Horwich RMI Club</t>
   </si>
   <si>
     <t>BL6 5NH</t>
   </si>
   <si>
     <t>Horwich Clinic Car Park &amp; Scout Hut</t>
   </si>
   <si>
     <t>Jones Street</t>
   </si>
   <si>
     <t>BL6 7AJ</t>
   </si>
   <si>
     <t>Horwich National Spiritualist Church</t>
   </si>
   <si>
     <t>Horwich Library</t>
   </si>
   <si>
-    <t>8th October 2025</t>
+    <t>Land at Tongfields, Dunscar</t>
+  </si>
+  <si>
+    <t>Off Darwen Road</t>
+  </si>
+  <si>
+    <t>BL7 9EB</t>
+  </si>
+  <si>
+    <t>Dunscar Residents Association</t>
+  </si>
+  <si>
+    <t>Land at Willand Drive / Harpford Close</t>
+  </si>
+  <si>
+    <t>Willand Drive</t>
+  </si>
+  <si>
+    <t>Breightmet</t>
+  </si>
+  <si>
+    <t>BL2 6TG</t>
+  </si>
+  <si>
+    <t>Friends of Harpford</t>
+  </si>
+  <si>
+    <t>28th November 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -548,51 +575,51 @@
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>12859</xdr:colOff>
+      <xdr:colOff>9684</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>1270</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 4" descr="Bolton Council logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
@@ -894,97 +921,97 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Legal.Services@bolton.gov.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S42"/>
+  <dimension ref="A1:S44"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A36" sqref="A36"/>
+    <sheetView tabSelected="1" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C34" sqref="C34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="34" style="2" customWidth="1"/>
     <col min="2" max="2" width="23" style="2" customWidth="1"/>
-    <col min="3" max="3" width="13.5546875" style="2" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="12" max="12" width="17.109375" style="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8.6328125" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.36328125" style="2" customWidth="1"/>
+    <col min="7" max="7" width="18.90625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="16.54296875" style="9" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="34.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="16.6328125" style="9" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="18.08984375" style="2" customWidth="1"/>
+    <col min="12" max="12" width="17.08984375" style="9" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="22" style="2" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="18.44140625" style="2" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="16" width="20.33203125" style="2" customWidth="1"/>
+    <col min="14" max="14" width="18.453125" style="2" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="20.1796875" style="2" customWidth="1"/>
+    <col min="16" max="16" width="20.36328125" style="2" customWidth="1"/>
     <col min="17" max="17" width="17" style="2" bestFit="1" customWidth="1"/>
-    <col min="18" max="18" width="23.5546875" style="2" bestFit="1" customWidth="1"/>
-    <col min="19" max="19" width="12.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="23.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="12.6328125" style="2" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="81" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:19" ht="81" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="19"/>
       <c r="B1" s="19"/>
     </row>
-    <row r="5" spans="1:19" ht="28.2" x14ac:dyDescent="0.5">
+    <row r="5" spans="1:19" ht="28" x14ac:dyDescent="0.6">
       <c r="A5" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
     </row>
-    <row r="6" spans="1:19" ht="22.8" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:19" ht="23" x14ac:dyDescent="0.5">
       <c r="A6" s="1"/>
     </row>
-    <row r="8" spans="1:19" ht="76.2" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:19" ht="76.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="I8" s="3" t="s">
@@ -995,1007 +1022,1087 @@
       </c>
       <c r="K8" s="3" t="s">
         <v>7</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="M8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="N8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
     </row>
-    <row r="9" spans="1:19" ht="62.4" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:19" ht="62" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="11" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="12">
         <v>44322</v>
       </c>
       <c r="G9" s="11" t="s">
         <v>33</v>
       </c>
       <c r="H9" s="12">
         <v>44361</v>
       </c>
       <c r="I9" s="11" t="s">
         <v>20</v>
       </c>
       <c r="J9" s="12">
         <v>46186</v>
       </c>
       <c r="K9" s="11"/>
       <c r="L9" s="11"/>
       <c r="M9" s="11"/>
       <c r="N9" s="11"/>
       <c r="O9" s="11"/>
       <c r="P9" s="11"/>
       <c r="Q9" s="11"/>
       <c r="R9"/>
       <c r="S9"/>
     </row>
-    <row r="10" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A10" s="11" t="s">
         <v>34</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="11" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="11" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="11" t="s">
         <v>36</v>
       </c>
       <c r="F10" s="12">
         <v>44330</v>
       </c>
       <c r="G10" s="11" t="s">
         <v>26</v>
       </c>
       <c r="H10" s="12">
         <v>44386</v>
       </c>
       <c r="I10" s="11" t="s">
         <v>20</v>
       </c>
       <c r="J10" s="12">
         <v>46211</v>
       </c>
       <c r="K10" s="11"/>
       <c r="L10" s="11"/>
       <c r="M10" s="11"/>
       <c r="N10" s="11"/>
       <c r="O10" s="11"/>
       <c r="P10" s="11"/>
       <c r="Q10" s="11"/>
       <c r="R10"/>
       <c r="S10"/>
     </row>
-    <row r="11" spans="1:19" ht="93.6" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:19" ht="93" x14ac:dyDescent="0.35">
       <c r="A11" s="11" t="s">
         <v>37</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="11" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="12">
         <v>44741</v>
       </c>
       <c r="G11" s="11" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="12">
         <v>44825</v>
       </c>
       <c r="I11" s="11" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="12">
         <v>46650</v>
       </c>
       <c r="K11" s="11"/>
       <c r="L11" s="11"/>
       <c r="M11" s="11"/>
       <c r="N11" s="11"/>
       <c r="O11" s="11"/>
       <c r="P11" s="11"/>
       <c r="Q11" s="11"/>
       <c r="R11"/>
       <c r="S11"/>
     </row>
-    <row r="12" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A12" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="11" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="11" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="12">
         <v>44789</v>
       </c>
       <c r="G12" s="11" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="12">
         <v>44845</v>
       </c>
       <c r="I12" s="11" t="s">
         <v>44</v>
       </c>
       <c r="J12" s="12">
         <v>46670</v>
       </c>
       <c r="K12" s="11"/>
       <c r="L12" s="11"/>
       <c r="M12" s="11"/>
       <c r="N12" s="11"/>
       <c r="O12" s="11"/>
       <c r="P12" s="11"/>
       <c r="Q12" s="11"/>
       <c r="R12"/>
       <c r="S12"/>
     </row>
-    <row r="13" spans="1:19" ht="140.4" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:19" ht="124" x14ac:dyDescent="0.35">
       <c r="A13" s="11" t="s">
         <v>45</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="11" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="12">
         <v>44813</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>46</v>
       </c>
       <c r="H13" s="12">
         <v>44890</v>
       </c>
       <c r="I13" s="11" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="12">
         <v>46715</v>
       </c>
       <c r="K13" s="11"/>
       <c r="L13" s="11"/>
       <c r="M13" s="11"/>
       <c r="N13" s="11"/>
       <c r="O13" s="11"/>
       <c r="P13" s="11"/>
       <c r="Q13" s="11"/>
       <c r="R13"/>
       <c r="S13"/>
     </row>
-    <row r="14" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A14" s="11" t="s">
         <v>48</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>49</v>
       </c>
       <c r="C14" s="11" t="s">
         <v>50</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="12">
         <v>44970</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>52</v>
       </c>
       <c r="H14" s="12">
         <v>45044</v>
       </c>
       <c r="I14" s="11" t="s">
         <v>20</v>
       </c>
       <c r="J14" s="12">
         <v>46870</v>
       </c>
       <c r="K14" s="11"/>
       <c r="L14" s="11"/>
       <c r="M14" s="11"/>
       <c r="N14" s="11"/>
       <c r="O14" s="11"/>
       <c r="P14" s="11"/>
       <c r="Q14" s="11"/>
       <c r="R14"/>
       <c r="S14"/>
     </row>
-    <row r="15" spans="1:19" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:19" ht="46.5" x14ac:dyDescent="0.35">
       <c r="A15" s="13" t="s">
         <v>54</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>55</v>
       </c>
       <c r="C15" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D15" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="13" t="s">
         <v>57</v>
       </c>
       <c r="F15" s="14">
         <v>45295</v>
       </c>
       <c r="G15" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H15" s="14">
         <v>45379</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J15" s="14">
         <v>47204</v>
       </c>
       <c r="K15" s="13"/>
       <c r="L15" s="13"/>
       <c r="M15" s="13"/>
       <c r="N15" s="13"/>
       <c r="O15" s="13"/>
       <c r="P15" s="13"/>
       <c r="Q15" s="13"/>
       <c r="R15"/>
       <c r="S15"/>
     </row>
-    <row r="16" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A16" s="13" t="s">
         <v>59</v>
       </c>
       <c r="B16" s="13" t="s">
         <v>60</v>
       </c>
       <c r="C16" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E16" s="13" t="s">
         <v>61</v>
       </c>
       <c r="F16" s="14">
         <v>45295</v>
       </c>
       <c r="G16" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H16" s="14">
         <v>45379</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J16" s="14">
         <v>47204</v>
       </c>
       <c r="K16" s="13"/>
       <c r="L16" s="13"/>
       <c r="M16" s="13"/>
       <c r="N16" s="13"/>
       <c r="O16" s="13"/>
       <c r="P16" s="13"/>
       <c r="Q16" s="13"/>
       <c r="R16"/>
       <c r="S16"/>
     </row>
-    <row r="17" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A17" s="13" t="s">
         <v>62</v>
       </c>
       <c r="B17" s="13" t="s">
         <v>63</v>
       </c>
       <c r="C17" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E17" s="13" t="s">
         <v>64</v>
       </c>
       <c r="F17" s="14">
         <v>45295</v>
       </c>
       <c r="G17" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H17" s="14">
         <v>45379</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J17" s="14">
         <v>47204</v>
       </c>
       <c r="K17" s="13"/>
       <c r="L17" s="13"/>
       <c r="M17" s="13"/>
       <c r="N17" s="13"/>
       <c r="O17" s="13"/>
       <c r="P17" s="13"/>
       <c r="Q17" s="13"/>
       <c r="R17"/>
       <c r="S17"/>
     </row>
-    <row r="18" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A18" s="13" t="s">
         <v>65</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>66</v>
       </c>
       <c r="C18" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E18" s="13" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="14">
         <v>45295</v>
       </c>
       <c r="G18" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H18" s="14">
         <v>45379</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J18" s="14">
         <v>47204</v>
       </c>
       <c r="K18" s="13"/>
       <c r="L18" s="13"/>
       <c r="M18" s="13"/>
       <c r="N18" s="13"/>
       <c r="O18" s="13"/>
       <c r="P18" s="13"/>
       <c r="Q18" s="13"/>
       <c r="R18"/>
       <c r="S18"/>
     </row>
-    <row r="19" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A19" s="13" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>69</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="13" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="14">
         <v>45295</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H19" s="14">
         <v>45379</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J19" s="14">
         <v>47204</v>
       </c>
       <c r="K19" s="13"/>
       <c r="L19" s="13"/>
       <c r="M19" s="13"/>
       <c r="N19" s="13"/>
       <c r="O19" s="13"/>
       <c r="P19" s="13"/>
       <c r="Q19" s="13"/>
       <c r="R19"/>
       <c r="S19"/>
     </row>
-    <row r="20" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A20" s="13" t="s">
         <v>71</v>
       </c>
       <c r="B20" s="13" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E20" s="13" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="14">
         <v>45295</v>
       </c>
       <c r="G20" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H20" s="14">
         <v>45379</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J20" s="14">
         <v>47204</v>
       </c>
       <c r="K20" s="13"/>
       <c r="L20" s="13"/>
       <c r="M20" s="13"/>
       <c r="N20" s="13"/>
       <c r="O20" s="13"/>
       <c r="P20" s="13"/>
       <c r="Q20" s="13"/>
       <c r="R20"/>
       <c r="S20"/>
     </row>
-    <row r="21" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A21" s="13" t="s">
         <v>74</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>75</v>
       </c>
       <c r="C21" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E21" s="13" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="14">
         <v>45295</v>
       </c>
       <c r="G21" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H21" s="14">
         <v>45379</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J21" s="14">
         <v>47204</v>
       </c>
       <c r="K21" s="13"/>
       <c r="L21" s="13"/>
       <c r="M21" s="13"/>
       <c r="N21" s="13"/>
       <c r="O21" s="13"/>
       <c r="P21" s="13"/>
       <c r="Q21" s="13"/>
       <c r="R21"/>
       <c r="S21"/>
     </row>
-    <row r="22" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A22" s="13" t="s">
         <v>78</v>
       </c>
       <c r="B22" s="13" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E22" s="13" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="14">
         <v>45295</v>
       </c>
       <c r="G22" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H22" s="14">
         <v>45379</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J22" s="14">
         <v>47204</v>
       </c>
       <c r="K22" s="13"/>
       <c r="L22" s="13"/>
       <c r="M22" s="13"/>
       <c r="N22" s="13"/>
       <c r="O22" s="13"/>
       <c r="P22" s="13"/>
       <c r="Q22" s="13"/>
       <c r="R22"/>
       <c r="S22"/>
     </row>
-    <row r="23" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A23" s="13" t="s">
         <v>80</v>
       </c>
       <c r="B23" s="13" t="s">
         <v>81</v>
       </c>
       <c r="C23" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E23" s="13" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="14">
         <v>45295</v>
       </c>
       <c r="G23" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H23" s="14">
         <v>45379</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J23" s="14">
         <v>47204</v>
       </c>
       <c r="K23" s="13"/>
       <c r="L23" s="13"/>
       <c r="M23" s="13"/>
       <c r="N23" s="13"/>
       <c r="O23" s="13"/>
       <c r="P23" s="13"/>
       <c r="Q23" s="13"/>
       <c r="R23"/>
       <c r="S23"/>
     </row>
-    <row r="24" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A24" s="13" t="s">
         <v>80</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>82</v>
       </c>
       <c r="C24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D24" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E24" s="13" t="s">
         <v>76</v>
       </c>
       <c r="F24" s="14">
         <v>45295</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H24" s="14">
         <v>45379</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J24" s="14">
         <v>47204</v>
       </c>
       <c r="K24" s="13"/>
       <c r="L24" s="13"/>
       <c r="M24" s="13"/>
       <c r="N24" s="13"/>
       <c r="O24" s="13"/>
       <c r="P24" s="13"/>
       <c r="Q24" s="13"/>
       <c r="R24"/>
       <c r="S24"/>
     </row>
-    <row r="25" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A25" s="13" t="s">
         <v>83</v>
       </c>
       <c r="B25" s="13" t="s">
         <v>84</v>
       </c>
       <c r="C25" s="13" t="s">
         <v>56</v>
       </c>
       <c r="D25" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E25" s="13" t="s">
         <v>85</v>
       </c>
       <c r="F25" s="14">
         <v>45295</v>
       </c>
       <c r="G25" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H25" s="14">
         <v>45379</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J25" s="14">
         <v>47204</v>
       </c>
       <c r="K25" s="13"/>
       <c r="L25" s="15"/>
       <c r="M25" s="13"/>
       <c r="N25" s="13"/>
       <c r="O25" s="13"/>
       <c r="P25" s="13"/>
       <c r="Q25" s="13"/>
       <c r="R25" s="10"/>
       <c r="S25" s="10"/>
     </row>
-    <row r="26" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A26" s="13" t="s">
         <v>87</v>
       </c>
       <c r="B26" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="13" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E26" s="13" t="s">
         <v>88</v>
       </c>
       <c r="F26" s="14">
         <v>45387</v>
       </c>
       <c r="G26" s="13" t="s">
         <v>89</v>
       </c>
       <c r="H26" s="14">
         <v>45443</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J26" s="14">
         <v>47268</v>
       </c>
       <c r="K26" s="13"/>
       <c r="L26" s="15"/>
       <c r="M26" s="13"/>
       <c r="N26" s="13"/>
       <c r="O26" s="13"/>
       <c r="P26" s="13"/>
       <c r="Q26" s="13"/>
       <c r="R26" s="10"/>
       <c r="S26" s="10"/>
     </row>
-    <row r="27" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="13" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="13" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E27" s="13" t="s">
         <v>29</v>
       </c>
       <c r="F27" s="14">
         <v>45498</v>
       </c>
       <c r="G27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="H27" s="14">
         <v>45561</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J27" s="14">
         <v>47386</v>
       </c>
       <c r="K27" s="13"/>
       <c r="L27" s="15"/>
       <c r="M27" s="13"/>
       <c r="N27" s="13"/>
       <c r="O27" s="13"/>
       <c r="P27" s="13"/>
       <c r="Q27" s="13"/>
       <c r="R27" s="10"/>
       <c r="S27" s="10"/>
     </row>
-    <row r="28" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A28" s="13" t="s">
         <v>90</v>
       </c>
       <c r="B28" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="13" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E28" s="13" t="s">
         <v>91</v>
       </c>
       <c r="F28" s="14">
         <v>45504</v>
       </c>
       <c r="G28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="H28" s="14">
         <v>45562</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J28" s="14">
         <v>47387</v>
       </c>
       <c r="K28" s="13"/>
       <c r="L28" s="15"/>
       <c r="M28" s="13"/>
       <c r="N28" s="13"/>
       <c r="O28" s="13"/>
       <c r="P28" s="13"/>
       <c r="Q28" s="13"/>
       <c r="R28" s="10"/>
       <c r="S28" s="10"/>
     </row>
-    <row r="29" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:19" ht="31" x14ac:dyDescent="0.35">
       <c r="A29" s="13" t="s">
         <v>92</v>
       </c>
       <c r="B29" s="13" t="s">
         <v>93</v>
       </c>
       <c r="C29" s="13" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E29" s="13" t="s">
         <v>94</v>
       </c>
       <c r="F29" s="14">
         <v>45574</v>
       </c>
       <c r="G29" s="13" t="s">
         <v>95</v>
       </c>
       <c r="H29" s="14">
         <v>45660</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J29" s="14">
         <v>47485</v>
       </c>
       <c r="K29" s="13"/>
       <c r="L29" s="15"/>
       <c r="M29" s="13"/>
       <c r="N29" s="13"/>
       <c r="O29" s="13"/>
       <c r="P29" s="13"/>
       <c r="Q29" s="13"/>
       <c r="R29" s="10"/>
       <c r="S29" s="10"/>
     </row>
-    <row r="30" spans="1:19" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A30" s="13" t="s">
         <v>96</v>
       </c>
       <c r="B30" s="13" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="13" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E30" s="13" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="14">
         <v>45666</v>
       </c>
       <c r="G30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="H30" s="14">
         <v>45734</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>20</v>
       </c>
       <c r="J30" s="14">
         <v>47559</v>
       </c>
       <c r="K30" s="13"/>
       <c r="L30" s="15"/>
       <c r="M30" s="13"/>
       <c r="N30" s="13"/>
       <c r="O30" s="13"/>
       <c r="P30" s="13"/>
       <c r="Q30" s="13"/>
       <c r="R30" s="10"/>
       <c r="S30" s="10"/>
     </row>
-    <row r="32" spans="1:19" ht="24.6" x14ac:dyDescent="0.4">
-      <c r="A32" s="8" t="s">
+    <row r="31" spans="1:19" ht="31" x14ac:dyDescent="0.35">
+      <c r="A31" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C31" s="13"/>
+      <c r="D31" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="F31" s="14">
+        <v>45927</v>
+      </c>
+      <c r="G31" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="H31" s="14">
+        <v>45985</v>
+      </c>
+      <c r="I31" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="J31" s="14">
+        <v>47810</v>
+      </c>
+      <c r="K31" s="13"/>
+      <c r="L31" s="15"/>
+      <c r="M31" s="13"/>
+      <c r="N31" s="13"/>
+      <c r="O31" s="13"/>
+      <c r="P31" s="13"/>
+      <c r="Q31" s="13"/>
+      <c r="R31" s="10"/>
+      <c r="S31" s="10"/>
+    </row>
+    <row r="32" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B32" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C32" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D32" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="F32" s="14">
+        <v>45939</v>
+      </c>
+      <c r="G32" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="H32" s="14">
+        <v>45989</v>
+      </c>
+      <c r="I32" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="J32" s="14">
+        <v>47814</v>
+      </c>
+      <c r="K32" s="13"/>
+      <c r="L32" s="15"/>
+      <c r="M32" s="13"/>
+      <c r="N32" s="13"/>
+      <c r="O32" s="13"/>
+      <c r="P32" s="13"/>
+      <c r="Q32" s="13"/>
+      <c r="R32" s="10"/>
+      <c r="S32" s="10"/>
+    </row>
+    <row r="34" spans="1:2" ht="25" x14ac:dyDescent="0.5">
+      <c r="A34" s="8" t="s">
         <v>86</v>
       </c>
-      <c r="B32" s="17" t="s">
-[...8 lines deleted...]
-      <c r="A34" s="8" t="s">
+      <c r="B34" s="17" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" ht="20" x14ac:dyDescent="0.4">
+      <c r="A35" s="5"/>
+      <c r="B35" s="16"/>
+    </row>
+    <row r="36" spans="1:2" ht="25" x14ac:dyDescent="0.5">
+      <c r="A36" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="B34" s="18" t="s">
+      <c r="B36" s="18" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="41" spans="1:2" ht="35.4" customHeight="1" x14ac:dyDescent="0.3"/>
-    <row r="42" spans="1:2" ht="102.6" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="43" spans="1:2" ht="35.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="44" spans="1:2" ht="102.65" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B34" r:id="rId1" xr:uid="{289CB8CF-474B-45F8-8DC0-6E1336D0EA65}"/>
+    <hyperlink ref="B36" r:id="rId1" xr:uid="{289CB8CF-474B-45F8-8DC0-6E1336D0EA65}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="52" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Community Right to Bid - List o</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>